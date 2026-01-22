--- v0 (2025-10-16)
+++ v1 (2026-01-22)
@@ -85,47 +85,167 @@
           <t>ID</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Название</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Цена</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="0">
         <v>2285</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Унитаз Karido KRD-UL-01</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>1 950 000 сум</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:3">
+      <c r="A3" s="0">
+        <v>2286</v>
+      </c>
+      <c r="B3" s="0" t="inlineStr">
+        <is>
+          <t>Унитаз Karido KRD-UL-02</t>
+        </is>
+      </c>
+      <c r="C3" s="0" t="inlineStr">
+        <is>
+          <t>1 950 000 сум</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:3">
+      <c r="A4" s="0">
+        <v>2287</v>
+      </c>
+      <c r="B4" s="0" t="inlineStr">
+        <is>
+          <t>Унитаз Karido KRD-UP-01</t>
+        </is>
+      </c>
+      <c r="C4" s="0" t="inlineStr">
+        <is>
+          <t>3 600 000 сум</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:3">
+      <c r="A5" s="0">
+        <v>2288</v>
+      </c>
+      <c r="B5" s="0" t="inlineStr">
+        <is>
+          <t>Унитаз Karido KRD-UP-02</t>
+        </is>
+      </c>
+      <c r="C5" s="0" t="inlineStr">
+        <is>
+          <t>3 600 000 сум</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:3">
+      <c r="A6" s="0">
+        <v>2289</v>
+      </c>
+      <c r="B6" s="0" t="inlineStr">
+        <is>
+          <t>Унитаз Karido KRD-UP-03</t>
+        </is>
+      </c>
+      <c r="C6" s="0" t="inlineStr">
+        <is>
+          <t>3 600 000 сум</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:3">
+      <c r="A7" s="0">
+        <v>2290</v>
+      </c>
+      <c r="B7" s="0" t="inlineStr">
+        <is>
+          <t>Подвесной умывальник Karido KRD-RP-01</t>
+        </is>
+      </c>
+      <c r="C7" s="0" t="inlineStr">
+        <is>
+          <t>1 560 000 сум</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:3">
+      <c r="A8" s="0">
+        <v>2291</v>
+      </c>
+      <c r="B8" s="0" t="inlineStr">
+        <is>
+          <t>Раковина для столешницы Karido KRD-R-01</t>
+        </is>
+      </c>
+      <c r="C8" s="0" t="inlineStr">
+        <is>
+          <t>920 000 сум</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:3">
+      <c r="A9" s="0">
+        <v>2292</v>
+      </c>
+      <c r="B9" s="0" t="inlineStr">
+        <is>
+          <t>Раковина для столешницы Karido KRD-R-02</t>
+        </is>
+      </c>
+      <c r="C9" s="0" t="inlineStr">
+        <is>
+          <t>1 560 000 сум</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10" s="0">
+        <v>2293</v>
+      </c>
+      <c r="B10" s="0" t="inlineStr">
+        <is>
+          <t>Чаша Генуя Karido KRD-G001</t>
+        </is>
+      </c>
+      <c r="C10" s="0" t="inlineStr">
+        <is>
+          <t>1 200 000 сум</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>