--- v0 (2026-01-23)
+++ v1 (2026-03-10)
@@ -85,242 +85,242 @@
           <t>ID</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Название</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Цена</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="0">
         <v>2156</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Профиль уголок алюминиевый 50х50 под монтаж солнечных панелей, батарей</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
-          <t>105 000 сум</t>
+          <t>105 000 soʻm</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="0">
         <v>2157</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>Универсальный профиль под монтаж солнечных панелей, батарей</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
-          <t>60 500 сум</t>
+          <t>60 500 soʻm</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="0">
         <v>2158</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>Соединитель универсальный 100 под монтаж солнечных панелей, батарей</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
-          <t>15 000 сум</t>
+          <t>15 000 soʻm</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="0">
         <v>2159</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>Крепёжная планка под монтаж солнечных панелей, батарей</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
-          <t>15 000 сум</t>
+          <t>15 000 soʻm</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="0">
         <v>2160</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>Прижим средний под монтаж солнечных панелей, батарей</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
-          <t>10 000 сум</t>
+          <t>10 000 soʻm</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="0">
         <v>2161</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>Прижим концевой под монтаж солнечных панелей, батарей</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
-          <t>7 000 сум</t>
+          <t>7 000 soʻm</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="0">
         <v>2162</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>L - кронштейн 50х50 3 см.</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
-          <t>5 000 сум</t>
+          <t>5 000 soʻm</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="0">
         <v>2163</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>L - кронштейн 50х50 4 см. под монтаж солнечных панелей, батарей</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
-          <t>6 000 сум</t>
+          <t>6 000 soʻm</t>
         </is>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="0">
         <v>2164</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>L - кронштейн 50х50 5 см. под монтаж солнечных панелей, батарей</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
-          <t>3 000 сум</t>
+          <t>3 000 soʻm</t>
         </is>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="0">
         <v>2165</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>Гайка 2 см под монтаж солнечных панелей, батарей</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
-          <t>1 500 сум</t>
+          <t>1 500 soʻm</t>
         </is>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="0">
         <v>2166</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>Болт, гайка, шайба, граверная шайба. М8х25 под монтаж солнечных панелей, батарей</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
-          <t>1 500 сум</t>
+          <t>1 500 soʻm</t>
         </is>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="0">
         <v>2167</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
           <t>Болт, гайка, шайба, граверная шайба. М8х60 под монтаж солнечных панелей, батарей</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
-          <t>2 500 сум</t>
+          <t>2 500 soʻm</t>
         </is>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="0">
         <v>2168</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>Кронштейн для кровли, монтаж солнечных панелей, батарей</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
-          <t>18 000 сум</t>
+          <t>18 000 soʻm</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="0">
         <v>2169</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
           <t>Солнечные панели ASTRONERGY 550 Ватт</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
-          <t>3 000 сум</t>
+          <t>3 000 soʻm</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>