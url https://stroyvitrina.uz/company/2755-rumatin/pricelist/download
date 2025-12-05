--- v0 (2025-10-15)
+++ v1 (2025-12-05)
@@ -85,242 +85,242 @@
           <t>ID</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Название</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Цена</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="0">
         <v>83</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Огнезащитная краска Стабитерм-217</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
-          <t>65 000 сум</t>
+          <t>65 000 soʻm</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="0">
         <v>84</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>Жидкая теплоизоляция KARE HEAT</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
-          <t>96 700 сум</t>
+          <t>96 700 soʻm</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="0">
         <v>85</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>Огнебиозащитная пропитка для дерева Вудракс ПСК</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
-          <t>45 000 сум</t>
+          <t>45 000 soʻm</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="0">
         <v>518</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>Смывка краски Elcon S</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
-          <t>311 000 сум</t>
+          <t>311 000 soʻm</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="0">
         <v>519</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>Преобразователь ржавчины Elcon P</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
-          <t>362 000 сум</t>
+          <t>362 000 soʻm</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="0">
         <v>520</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>Состав для холодного цинкования Elcon Zintech 96%</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
-          <t>80 000 сум</t>
+          <t>80 000 soʻm</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="0">
         <v>521</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>Грунтовка ГФ-021 для огнезащиты</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
-          <t>15 000 сум</t>
+          <t>15 000 soʻm</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="0">
         <v>522</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>Грунтовка ЭП-0199</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
-          <t>58 000 сум</t>
+          <t>58 000 soʻm</t>
         </is>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="0">
         <v>523</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>Пищевая краска, Эмаль Б-ЭП-5297</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
-          <t>123 000 сум</t>
+          <t>123 000 soʻm</t>
         </is>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="0">
         <v>524</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>Эпоксидная смола низко вязкая смола для заливки</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
-          <t>193 000 сум</t>
+          <t>193 000 soʻm</t>
         </is>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="0">
         <v>525</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>Растворитель Р-4</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
-          <t>20 000 сум</t>
+          <t>20 000 soʻm</t>
         </is>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="0">
         <v>526</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
           <t>СТАБИТЕРМ 219 АТМОСФЕРОСТОЙКАЯ</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
-          <t>86 250 сум</t>
+          <t>86 250 soʻm</t>
         </is>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="0">
         <v>527</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>Эмаль ПФ-115 антикоррозионная все цвета</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
-          <t>23 500 сум</t>
+          <t>23 500 soʻm</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="0">
         <v>528</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
           <t>Термостойкие краски от-60° до 1000°</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
-          <t>69 200 сум</t>
+          <t>69 200 soʻm</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>